--- v0 (2025-12-20)
+++ v1 (2026-03-20)
@@ -51,473 +51,473 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>PLORD</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Karla Maria Martins Pimentel</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/1/pl_001-2023_autoriza_o_municipio_a_custear_despesas_com_alunos_em_participacoes_em_campeonatos.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/1/pl_001-2023_autoriza_o_municipio_a_custear_despesas_com_alunos_em_participacoes_em_campeonatos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CUSTEAR DESPESAS PARA PARTICIPAÇÃO DE ALUNOS DA REDE PÚBLICA MUNICIPAL DE ENSINO EM EVENTOS CIENTÍFICOS, ARTÍSTICOS, CULTURAIS E DESPORTIVOS.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/</t>
+    <t>http://sapl.conde.pb.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO MUNICÍPIO DE CONDE A FIRMAR CONVÊNIO DE COOPERAÇÃO COM O HOSPITAL LAUREANO.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/4/pl_003-2023_dispoe_sobre_os_cargos_que_integram_os_grupos_ocupacionais.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/4/pl_003-2023_dispoe_sobre_os_cargos_que_integram_os_grupos_ocupacionais.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS CARGOS QUE INTEGRAM OS GRUPOS OCUPACIONAIS DO QUADRO EFETIVO DA PREFEITURA MUNICIPAL DE CONDE E REDEFINE SEUS QUANTITATIVOS.</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/3/pl_004-2023_dispoe_sobre_a_utilizacao_de_paredoes.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/3/pl_004-2023_dispoe_sobre_a_utilizacao_de_paredoes.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DE PAREDÕES DE SOM, TRIOS ELÉTRICOS E EQUIPAMENTOS SONOROS ASSEMELHADOS NO ÂMBITO DO MUNICÍPIO DE_x000D_
 CONDE/PB.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 916/2017 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/6/pl_006-2023_regulamenta_a_apreensao_de_animais_soltos_em_vias_publicas.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/6/pl_006-2023_regulamenta_a_apreensao_de_animais_soltos_em_vias_publicas.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A APREENSÃO DE ANIMAIS DE PRODUÇÃO DE MÉDIO E GRANDE PORTE SOLTOS NAS VIAS URBANAS E LOGRADOUROS PÚBLICOS DO MUNICÍPIO DE CONDE - PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATUALIZAÇÃO NOS VENCIMENTOS DOS PROFISSIONAIS DO MAGISTÉRIO DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/8/pl_008-2023_revoga_a_lei_municipal_1178-2023_que_regulamenta_a_apreensao_de_animais_aprovado.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/8/pl_008-2023_revoga_a_lei_municipal_1178-2023_que_regulamenta_a_apreensao_de_animais_aprovado.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 1178/2023 que regulamenta a apreensão de animais de produção de médio e grande porte soltos nas vias urbanas e logradouros públicos do município de Conde – PB e dá outras providências.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E AUTORIZAÇÃO DE FUNCIONAMENTO DE CENTROS MUNICIPAIS INTEGRANTES DA REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE CONDE.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CUSTEAR AS DESPESAS RELATIVAS À EMISSÃO DA CARTEIRA ESTUDANTIL PARA OS ALUNOS DAS REDES PÚBLICAS MUNICIPAL E ESTADUAL DO MUNICÍPIO DE CONDE.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REESTRUTURAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO CACS-FUNDEB, CRIADA PELA LEI MUNICIPAL Nº 446/2007, REGULAMENTADO NA FORMA DA LEI FEDERAL Nº 14.113, DE 25 DE DEZEMBRO DE 2020.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/12/pl_012-2023_cria_a_funcao_gratificada_de_agente_de_contratacao.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/12/pl_012-2023_cria_a_funcao_gratificada_de_agente_de_contratacao.pdf</t>
   </si>
   <si>
     <t>CRIA FUNÇÃO GRATIFICADA DE AGENTE DE CONTRATAÇÃO PARA ATENDER AO QUE DETERMINA O ART. 8º DA LEI Nº 14.133, DE 1º DE ABRIL DE 2021, QUE DISPÕE SOBRE LICITAÇÕES E CONTRATOS ADMINISTRATIVOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>INSTITUI A GRATIFICAÇÃO POR PRODUTIVIDADE – GP PARA OS CARGOS DE AGENTES E AUDITORES FISCAIS DE TRIBUTOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/13/pl_014-2023_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2024_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/13/pl_014-2023_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2024_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/54/pl_015-2023_-_institui_a_gratificacao_por_produtividade_-gp_para_cargos_de_agentes_de_tributos.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/54/pl_015-2023_-_institui_a_gratificacao_por_produtividade_-gp_para_cargos_de_agentes_de_tributos.pdf</t>
   </si>
   <si>
     <t>Institui a gratificação por produtividade-GP para os cargos de agentes e auditores fiscais de tributos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/55/pl_016-2023_-_dispoe_sobre_o_recebimento_de_patrocinio_pelo_poder_publico_a_eventos_realizados_no_ambito_do_municipio_de_conde_-_pb.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/55/pl_016-2023_-_dispoe_sobre_o_recebimento_de_patrocinio_pelo_poder_publico_a_eventos_realizados_no_ambito_do_municipio_de_conde_-_pb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recebimento de patrocínio pelo poder público a eventos realizados no âmbito do município de Conde-PB</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/56/pl_017-2023_-_altera_e_inclui_dispositivos_na_lei_n_1.1482022_que_dispoe_sobre_a_estrutura_organizacional_da_prefeitura_municipal_de_conde_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/56/pl_017-2023_-_altera_e_inclui_dispositivos_na_lei_n_1.1482022_que_dispoe_sobre_a_estrutura_organizacional_da_prefeitura_municipal_de_conde_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera e inclui dispositivos na Lei nº 1.148/2022 que dispõe sobre a estrutura organizacional da Prefeitura Municipal de Conde, e dá outras providências.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/57/pl_018-2022_-.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/57/pl_018-2022_-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e denominação de Centro de referência em educação infantil</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/58/pl_019-2023_-.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/58/pl_019-2023_-.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para fins que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Eduardo Cassol</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/59/projeto_de_lei_001-2023_-_dispoe_sobre_a_obrigatoriedade_dos_responsaveis_por_estabelecimentos_de_atendimento_veterinario_comunicarem_a_policia_civil_e_ao_mp__ver..pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/59/projeto_de_lei_001-2023_-_dispoe_sobre_a_obrigatoriedade_dos_responsaveis_por_estabelecimentos_de_atendimento_veterinario_comunicarem_a_policia_civil_e_ao_mp__ver..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade dos responsáveis por estabelecimentos de atendimento veterinário comunicarem à Polícia Civil e ao Ministério Público_x000D_
 suspeitas ou indícios de crueldade, abuso, maus-tratos, ferimento ou mutilação contra animal por eles atendido/resgatado/hospedado no âmbito do município de Conde/PB.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/61/pl_021-2023_-_faz_adequacoes_ao_ppa_e_ldo_do_municipio_alterando_as_leis_municipais_11112021_ppa_quadrienio_20222025_e_11972023_ldo_do_exercic.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/61/pl_021-2023_-_faz_adequacoes_ao_ppa_e_ldo_do_municipio_alterando_as_leis_municipais_11112021_ppa_quadrienio_20222025_e_11972023_ldo_do_exercic.pdf</t>
   </si>
   <si>
     <t>FAZ ADEQUAÇÕES AO PPA E LDO DO MUNICIPIO, ALTERANDO AS LEIS MUNICIPAIS 1111/2021 (PPA QUADRIÊNIO 2022/2025) E 1197/2023 (LDO DO EXERCICIO DE 2024), ESTABELECE REGULAMENTAÇÃO PARA REMANEJAMENTO E TRANSPOSIÇÃO DE CREDITOS ADICIONAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/62/pl_022-2023_-_autoriza_o_poder_executivo_municipal_a_proceder_abertura_de_creditos_adicionais_de_natureza_especial_e_suplementares_e_da_outras_pro.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/62/pl_022-2023_-_autoriza_o_poder_executivo_municipal_a_proceder_abertura_de_creditos_adicionais_de_natureza_especial_e_suplementares_e_da_outras_pro.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER ABERTURA DE CRÉDITOS ADICIONAIS DE NATUREZA ESPECIAL E SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/63/pl_023-2023_-_loa_2024.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/63/pl_023-2023_-_loa_2024.pdf</t>
   </si>
   <si>
     <t>Estima Receita e fixa Despesas do município de Conde, para o exercício de 2024, e dá outras providências</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/69/pl_024-2023_-_altera_dispositivos_da_lei_n_1.176-2023_que_dispoe_sobre_os_cargos_que_integram_os_grupos_ocupacionais_do_quadro_efettivo_da_prefei.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/69/pl_024-2023_-_altera_dispositivos_da_lei_n_1.176-2023_que_dispoe_sobre_os_cargos_que_integram_os_grupos_ocupacionais_do_quadro_efettivo_da_prefei.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1.176/2023, que dispõe sobre os cargos que integram os grupos ocupacionais do quadro efetivo da Prefeitura Municipal de Conde/PB, define quantitativos de vagas e vencimentos, extingue cargos e dá outras providências.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/65/pl_025-2023_-_assegura_aos_candidatos_residentes_no_municipio_de_conde_a_bonificacao_de_10_na_nota.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/65/pl_025-2023_-_assegura_aos_candidatos_residentes_no_municipio_de_conde_a_bonificacao_de_10_na_nota.pdf</t>
   </si>
   <si>
     <t>ASSEGURA AOS CANDIDATOS RESIDENTES NO MUNICIPIO DE CONDE A BONIFICAÇÃO DE 10% (DEZ POR CENTO) NA NOTA OBTIDA NOS CONCURSOS PÚBLICOS REALIZADOS PELO MUNICIPIO DE CONDE.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/60/pl_026-2023_-_autoriza_o_poder_executivo_a_conceder_parcela_de_complementacao_da_remuneracao_aos_enfermeiros.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/60/pl_026-2023_-_autoriza_o_poder_executivo_a_conceder_parcela_de_complementacao_da_remuneracao_aos_enfermeiros.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder parcela de complementação da remuneração aos enfermeiros, técnicos de enfermagem, auxiliares de enfermagem, integrantes do quadro de servidores do município e dá outras providências.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/64/pl_024-2023_-_altera_dispositivos_da_lei_n_1.176-2023_que_dispoe_sobre_os_cargos_que_integram_os_grupos_ocupacionais_do_quadro_efettivo_da_prefei.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/64/pl_024-2023_-_altera_dispositivos_da_lei_n_1.176-2023_que_dispoe_sobre_os_cargos_que_integram_os_grupos_ocupacionais_do_quadro_efettivo_da_prefei.pdf</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/66/pl_029-2023_-_altera_dispositivos_e_anexo_da_lei_no_1.148-2022_apos_alteracoes_da_lei_1.196-2023_que_dispoe_sobre_a_estrutura_organizacional_da.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/66/pl_029-2023_-_altera_dispositivos_e_anexo_da_lei_no_1.148-2022_apos_alteracoes_da_lei_1.196-2023_que_dispoe_sobre_a_estrutura_organizacional_da.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS E ANEXO DA LEI Nº 1.148/2022, APÓS ALTERAÇÕES DA LEI 1.196/2023, QUE DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL DA PREFEITURA MUNICIPAL DE CONDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/67/pl_030-2023_-_institui_o_desconto_temporario_no_itbi_e_restabelece_o_programa_do_refis_2023.2.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/67/pl_030-2023_-_institui_o_desconto_temporario_no_itbi_e_restabelece_o_programa_do_refis_2023.2.pdf</t>
   </si>
   <si>
     <t>Institui desconto temporário no imposto sobre a transmissão onerosa de bens imóveis e direitos a eles relativos-ITBI, restabelece o programa de recuperação fiscal - REFIS 2023.2, concedendo incentivos temporários para a regulamentação de débitos com o município de Conde.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/68/pl_031-2023_-_autoriza_o_poder_executivo_municipal_a_proceder_abertura_de_creditos_adicionais_de_natureza_especial_e_suplementares_e_da_outras.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/68/pl_031-2023_-_autoriza_o_poder_executivo_municipal_a_proceder_abertura_de_creditos_adicionais_de_natureza_especial_e_suplementares_e_da_outras.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder abertura de créditos adicionais de natureza especial e suplementares e dá outras providencias.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_no_032-2023__dispoe_sobre_a_altualizacao_nos_vencimentos_da_guarda_municipal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_no_032-2023__dispoe_sobre_a_altualizacao_nos_vencimentos_da_guarda_municipal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização dos vencimentos da Guarda Civil Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/71/pl_033-2023_-_altera_e_inclui_dispositivos_na_lei_no_1.148-2022_que_dispoe_sobre_a_estrutura_organizacional_da_prefeitura.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/71/pl_033-2023_-_altera_e_inclui_dispositivos_na_lei_no_1.148-2022_que_dispoe_sobre_a_estrutura_organizacional_da_prefeitura.pdf</t>
   </si>
   <si>
     <t>ALTERA E INCLUI DISPOSITIVOS NA LEI Nº 1.148-2022 QUE DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL DA PREFEITURA MUNICIPAL DECONDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/72/pl_034-2023_-_dispoe_sobre_o_recebimento_de_recebimento_de_receitas_e_tributos_pelo_municipio_de_conde_atrtaves_de_cartao_de_credito_e_debito..pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/72/pl_034-2023_-_dispoe_sobre_o_recebimento_de_recebimento_de_receitas_e_tributos_pelo_municipio_de_conde_atrtaves_de_cartao_de_credito_e_debito..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECEBIMENTO DE RECEBIMENTO DE RECEITAS E TRIBUTOS PELO MUNICÍPIO DE CONDE ATRTAVÉS DE CARTÃO DE CRÉDITO E DÉBITO.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_no_035-2023__autoriza_abertura_de_creditos_adicionais_de_natureza_suplementar_eda_outras_providencias..pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_no_035-2023__autoriza_abertura_de_creditos_adicionais_de_natureza_suplementar_eda_outras_providencias..pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITOS ADICIONAIS DE NATUREZA SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_no_037-2023__firmar_convenio_comm_a_fundacao_missao_resgate..pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_no_037-2023__firmar_convenio_comm_a_fundacao_missao_resgate..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO MUNICÍPIO DE CONDE A FIRMAR CONVÊNIO COM A FUNDÇÃO MISSÃO RESGATE E COM UNIÃO, ESTADOS E MUNICÍPIOS DA REGIÃO METROPOLITANA.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_no_038-2023_concessao_da_parcela_de_complementacao.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_no_038-2023_concessao_da_parcela_de_complementacao.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 1.207-2023 PARA FINS DE PRORROGAR O PRAZO DECONCESSÃO DA PARCELA DE COMPLEMENTAÇÃO DA REMUNERAÇÃO AOS ENFERMEIROS, AUXILIARES DE ENFERMAGEM, INTEGRANTES DO QUADRO DE SERVIDORES DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/77/pl_039-2023_abertura_de_credito_especial.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/77/pl_039-2023_abertura_de_credito_especial.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER ABERTURA DE CRÉDITOS ADICIONAIS DE NATUREZA ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/78/pl_040-2023_-_autoriza_o_poder_executivo_municipal_a_proceder_abertura_de_credito_adicional_especial.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/78/pl_040-2023_-_autoriza_o_poder_executivo_municipal_a_proceder_abertura_de_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>PL 040-2023 - Autoriza o Poder Executivo Municipal a proceder abertura de crédito adicional especial</t>
   </si>
   <si>
     <t>PLCOM</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_lei_complementar_n_001-2023.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_lei_complementar_n_001-2023.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA E ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR 00007/2020, QUE DISPÕE SOBRE REESTRUTURAÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE CONDE-PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PRESO</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Luzimar Nunes</t>
   </si>
   <si>
-    <t>https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_resolucao_001.2023_-_altera_e_acrescenta_dispositivo_ao_regimento_interno_da_camara_municipal_de_conde.pdf</t>
+    <t>http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_resolucao_001.2023_-_altera_e_acrescenta_dispositivo_ao_regimento_interno_da_camara_municipal_de_conde.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivo ao Regimento Interno da Câmara Municipal de Conde (PB).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -824,68 +824,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/1/pl_001-2023_autoriza_o_municipio_a_custear_despesas_com_alunos_em_participacoes_em_campeonatos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/4/pl_003-2023_dispoe_sobre_os_cargos_que_integram_os_grupos_ocupacionais.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/3/pl_004-2023_dispoe_sobre_a_utilizacao_de_paredoes.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/6/pl_006-2023_regulamenta_a_apreensao_de_animais_soltos_em_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/8/pl_008-2023_revoga_a_lei_municipal_1178-2023_que_regulamenta_a_apreensao_de_animais_aprovado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/12/pl_012-2023_cria_a_funcao_gratificada_de_agente_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/13/pl_014-2023_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2024_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/54/pl_015-2023_-_institui_a_gratificacao_por_produtividade_-gp_para_cargos_de_agentes_de_tributos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/55/pl_016-2023_-_dispoe_sobre_o_recebimento_de_patrocinio_pelo_poder_publico_a_eventos_realizados_no_ambito_do_municipio_de_conde_-_pb.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/56/pl_017-2023_-_altera_e_inclui_dispositivos_na_lei_n_1.1482022_que_dispoe_sobre_a_estrutura_organizacional_da_prefeitura_municipal_de_conde_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/57/pl_018-2022_-.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/58/pl_019-2023_-.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/59/projeto_de_lei_001-2023_-_dispoe_sobre_a_obrigatoriedade_dos_responsaveis_por_estabelecimentos_de_atendimento_veterinario_comunicarem_a_policia_civil_e_ao_mp__ver..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/61/pl_021-2023_-_faz_adequacoes_ao_ppa_e_ldo_do_municipio_alterando_as_leis_municipais_11112021_ppa_quadrienio_20222025_e_11972023_ldo_do_exercic.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/62/pl_022-2023_-_autoriza_o_poder_executivo_municipal_a_proceder_abertura_de_creditos_adicionais_de_natureza_especial_e_suplementares_e_da_outras_pro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/63/pl_023-2023_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/69/pl_024-2023_-_altera_dispositivos_da_lei_n_1.176-2023_que_dispoe_sobre_os_cargos_que_integram_os_grupos_ocupacionais_do_quadro_efettivo_da_prefei.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/65/pl_025-2023_-_assegura_aos_candidatos_residentes_no_municipio_de_conde_a_bonificacao_de_10_na_nota.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/60/pl_026-2023_-_autoriza_o_poder_executivo_a_conceder_parcela_de_complementacao_da_remuneracao_aos_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/64/pl_024-2023_-_altera_dispositivos_da_lei_n_1.176-2023_que_dispoe_sobre_os_cargos_que_integram_os_grupos_ocupacionais_do_quadro_efettivo_da_prefei.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/66/pl_029-2023_-_altera_dispositivos_e_anexo_da_lei_no_1.148-2022_apos_alteracoes_da_lei_1.196-2023_que_dispoe_sobre_a_estrutura_organizacional_da.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/67/pl_030-2023_-_institui_o_desconto_temporario_no_itbi_e_restabelece_o_programa_do_refis_2023.2.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/68/pl_031-2023_-_autoriza_o_poder_executivo_municipal_a_proceder_abertura_de_creditos_adicionais_de_natureza_especial_e_suplementares_e_da_outras.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_no_032-2023__dispoe_sobre_a_altualizacao_nos_vencimentos_da_guarda_municipal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/71/pl_033-2023_-_altera_e_inclui_dispositivos_na_lei_no_1.148-2022_que_dispoe_sobre_a_estrutura_organizacional_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/72/pl_034-2023_-_dispoe_sobre_o_recebimento_de_recebimento_de_receitas_e_tributos_pelo_municipio_de_conde_atrtaves_de_cartao_de_credito_e_debito..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_no_035-2023__autoriza_abertura_de_creditos_adicionais_de_natureza_suplementar_eda_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_no_037-2023__firmar_convenio_comm_a_fundacao_missao_resgate..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_no_038-2023_concessao_da_parcela_de_complementacao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/77/pl_039-2023_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/78/pl_040-2023_-_autoriza_o_poder_executivo_municipal_a_proceder_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_lei_complementar_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_resolucao_001.2023_-_altera_e_acrescenta_dispositivo_ao_regimento_interno_da_camara_municipal_de_conde.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/1/pl_001-2023_autoriza_o_municipio_a_custear_despesas_com_alunos_em_participacoes_em_campeonatos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/4/pl_003-2023_dispoe_sobre_os_cargos_que_integram_os_grupos_ocupacionais.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/3/pl_004-2023_dispoe_sobre_a_utilizacao_de_paredoes.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/6/pl_006-2023_regulamenta_a_apreensao_de_animais_soltos_em_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/8/pl_008-2023_revoga_a_lei_municipal_1178-2023_que_regulamenta_a_apreensao_de_animais_aprovado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/12/pl_012-2023_cria_a_funcao_gratificada_de_agente_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/13/pl_014-2023_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2024_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/54/pl_015-2023_-_institui_a_gratificacao_por_produtividade_-gp_para_cargos_de_agentes_de_tributos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/55/pl_016-2023_-_dispoe_sobre_o_recebimento_de_patrocinio_pelo_poder_publico_a_eventos_realizados_no_ambito_do_municipio_de_conde_-_pb.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/56/pl_017-2023_-_altera_e_inclui_dispositivos_na_lei_n_1.1482022_que_dispoe_sobre_a_estrutura_organizacional_da_prefeitura_municipal_de_conde_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/57/pl_018-2022_-.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/58/pl_019-2023_-.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/59/projeto_de_lei_001-2023_-_dispoe_sobre_a_obrigatoriedade_dos_responsaveis_por_estabelecimentos_de_atendimento_veterinario_comunicarem_a_policia_civil_e_ao_mp__ver..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/61/pl_021-2023_-_faz_adequacoes_ao_ppa_e_ldo_do_municipio_alterando_as_leis_municipais_11112021_ppa_quadrienio_20222025_e_11972023_ldo_do_exercic.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/62/pl_022-2023_-_autoriza_o_poder_executivo_municipal_a_proceder_abertura_de_creditos_adicionais_de_natureza_especial_e_suplementares_e_da_outras_pro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/63/pl_023-2023_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/69/pl_024-2023_-_altera_dispositivos_da_lei_n_1.176-2023_que_dispoe_sobre_os_cargos_que_integram_os_grupos_ocupacionais_do_quadro_efettivo_da_prefei.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/65/pl_025-2023_-_assegura_aos_candidatos_residentes_no_municipio_de_conde_a_bonificacao_de_10_na_nota.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/60/pl_026-2023_-_autoriza_o_poder_executivo_a_conceder_parcela_de_complementacao_da_remuneracao_aos_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/64/pl_024-2023_-_altera_dispositivos_da_lei_n_1.176-2023_que_dispoe_sobre_os_cargos_que_integram_os_grupos_ocupacionais_do_quadro_efettivo_da_prefei.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/66/pl_029-2023_-_altera_dispositivos_e_anexo_da_lei_no_1.148-2022_apos_alteracoes_da_lei_1.196-2023_que_dispoe_sobre_a_estrutura_organizacional_da.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/67/pl_030-2023_-_institui_o_desconto_temporario_no_itbi_e_restabelece_o_programa_do_refis_2023.2.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/68/pl_031-2023_-_autoriza_o_poder_executivo_municipal_a_proceder_abertura_de_creditos_adicionais_de_natureza_especial_e_suplementares_e_da_outras.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_no_032-2023__dispoe_sobre_a_altualizacao_nos_vencimentos_da_guarda_municipal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/71/pl_033-2023_-_altera_e_inclui_dispositivos_na_lei_no_1.148-2022_que_dispoe_sobre_a_estrutura_organizacional_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/72/pl_034-2023_-_dispoe_sobre_o_recebimento_de_recebimento_de_receitas_e_tributos_pelo_municipio_de_conde_atrtaves_de_cartao_de_credito_e_debito..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/73/projeto_de_lei_no_035-2023__autoriza_abertura_de_creditos_adicionais_de_natureza_suplementar_eda_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/75/projeto_de_lei_no_037-2023__firmar_convenio_comm_a_fundacao_missao_resgate..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/76/projeto_de_lei_no_038-2023_concessao_da_parcela_de_complementacao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/77/pl_039-2023_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/78/pl_040-2023_-_autoriza_o_poder_executivo_municipal_a_proceder_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_lei_complementar_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.conde.pb.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_resolucao_001.2023_-_altera_e_acrescenta_dispositivo_ao_regimento_interno_da_camara_municipal_de_conde.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="231.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="230.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>